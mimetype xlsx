--- v0 (2025-10-27)
+++ v1 (2026-02-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="384" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="234">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -504,153 +504,258 @@
   <si>
     <t>REQUALIFICAÇÃO DA RUA NELSON CAMILO, NA BARRA NOVA</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>MARCELO MORINGA</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2868/574.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIROS PÚBLICOS NA PRAÇA DA TERRA DA ESPERANÇA</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2886/ind__588.2025.pdf</t>
+  </si>
+  <si>
+    <t>MELHORIA NA ESTRUTURA DO PONTO DE MOTOTÁXI LOCALIZADO NO CONJUNTO JOSÉ DIAS</t>
+  </si>
+  <si>
+    <t>2903</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2903/ind_621.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA COBERTURA NA CRECHE NEI ADÉLIA CAVALCANTE, POSSIBILITANDO QUE OS PAIS AGUARDEM SEUS FILHOS COM MAIS CONFORTO E SEGURANÇA</t>
+  </si>
+  <si>
+    <t>2904</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2904/ind_622.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA PASSARELA EM FRENTE À ESCOLA GOVERNADOR LUIZ CAVALCANTE, CONHECIDA COMO FACULDADE, GARANTINDO MAIOR SEGURANÇA PARA OS ALUNOS, PAIS E RESPONSÁVEIS QUE DIARIAMENTE TRANSITAM PELO LOCAL.</t>
+  </si>
+  <si>
+    <t>2930</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2930/ind_645.2025_.pdf</t>
+  </si>
+  <si>
+    <t>, SUBSTITUIÇÃO DA ATUAL REDE DE ESGOTO EM FRENTE À PRAÇA SÃO JOSÉ</t>
+  </si>
+  <si>
+    <t>2945</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2945/ind_648.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DO “PARQUE DA CRIANÇA” NO TERRENO LOCALIZADO ENTRE A RUA FIRMO LOPES E A RUA MÁRIO DÂMASO, NO INÍCIO DO BAIRRO DA POEIRA</t>
+  </si>
+  <si>
+    <t>2946</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2946/ind_649.2025.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDO TÉCNICO E ADMINISTRATIVO PARA VIABILIZAR A RECUPERAÇÃO, REFORMA E ADEQUADA UTILIZAÇÃO DOS PRÉDIOS PÚBLICOS QUE SE ENCONTRAM PARADOS OU EM ESTADO DE ABANDONO, DESTINANDO-OS À IMPLANTAÇÃO DE SECRETARIAS, DEPARTAMENTOS E DEMAIS ENTIDADES VINCULADAS AO PODER PÚBLICO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>2948</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2948/ind_653.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA CASA DA SOPA NA RUA DA ESTIVA, LOCALIZADO NO BAIRRO DA RUA DOS CAJUEIROS</t>
+  </si>
+  <si>
+    <t>2950</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2950/ind_655.2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UM CALÇADÃO COM INÍCIO NA ENTRADA DO TREVO DA USINA, PELA ESTRADA DA USINA SUMAÚMA, ATÉ O CONDOMÍNIO LAGO SUL</t>
+  </si>
+  <si>
+    <t>2951</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2951/ind_657_2025.pdf</t>
+  </si>
+  <si>
+    <t>, PROJETO DE INTEGRAÇÃO URBANA DAS TRÊS RUAS PARALELAS À LA RUE, CONECTANDO-AS AO CORREDOR VERDE, COM A IMPLANTAÇÃO DE MOBILIÁRIO URBANO, CALÇAMENTO PADRONIZADO, ILUMINAÇÃO PAISAGÍSTICA, BANCOS, LIXEIRAS E POSTES DE ENERGIA</t>
+  </si>
+  <si>
+    <t>2968</t>
+  </si>
+  <si>
+    <t>675</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2968/675.pdf</t>
+  </si>
+  <si>
+    <t>REPINTURA DE TODAS AS FAIXAS DE PEDESTRES LOCALIZADAS NO TRECHO DO VIADUTO DO FRANCÊS À TERRA DOS MARECHAIS, AO LONGO DA AL 215, RODOVIA EDVAL LEMOS</t>
+  </si>
+  <si>
+    <t>3007</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3007/703.pdf</t>
+  </si>
+  <si>
+    <t>REVITALIZAÇÃO DO CANEIRO CENRAL LOCALIZADO NA RUA DOS CAJUEIROS, NO BAIRRO DA POEIRA</t>
+  </si>
+  <si>
+    <t>3284</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3284/721.pdf</t>
+  </si>
+  <si>
+    <t>COLOCAÇÃO DE MEIOS-FIOS (LINHA D’ÁGUA) E A EXECUÇÃO DE CALÇADAS COM ACESSIBILIDADE EM TODO O LOTEAMENTO SHAMAR, NO BAIRRO DA POEIRA;</t>
+  </si>
+  <si>
+    <t>3757</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>NILSON CABEÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3757/ind_742.2025.pdf</t>
+  </si>
+  <si>
+    <t>REABERTURA DA RUA QUE DÁ ACESSO À LAGOA E QUE FICA LOCALIZADA AO LADO DO ESTABELECIMENTO DENOMINADO “TROCA DE ÓLEO”, NO POVOADO CABREIRAS</t>
+  </si>
+  <si>
+    <t>4438</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/</t>
   </si>
   <si>
-    <t>MELHORIA NA ESTRUTURA DO PONTO DE MOTOTÁXI LOCALIZADO NO CONJUNTO JOSÉ DIAS</t>
-[...98 lines deleted...]
-    <t>721, COLOCAÇÃO DE MEIOS-FIOS (LINHA D’ÁGUA) E A EXECUÇÃO DE CALÇADAS COM ACESSIBILIDADE EM TODO O LOTEAMENTO SHAMAR, NO BAIRRO DA POEIRA;</t>
+    <t>INSTALAÇÃO DE TOTEM “AMO ILHA SANTA RITA”, NA ILHA DE SANTA RITA</t>
+  </si>
+  <si>
+    <t>4432</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>REVITALIZAÇÃO DO PÓRTICO DE ENTRADA DO POVOADO RIACHO VELHO</t>
+  </si>
+  <si>
+    <t>4452</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>ESTUDOS TÉCNICOS E POSTERIOR EXECUÇÃO DA CONSTRUÇÃO DE UMA PRAÇA PÚBLICA NO LOTEAMENTO SÃO JOSÉ, NO FINAL DA RUA DR. IVAN VASCONCELOS BRITO, POEIRA</t>
+  </si>
+  <si>
+    <t>4434</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE PONTOS DE ÔNIBUS NOS DOIS SENTIDOS DA RODOVIA EDVAL LEMOS SANTOS (AL 215), NAS PROXIMIDADES DO LOTEAMENTO LAGOON VILLE.</t>
+  </si>
+  <si>
+    <t>4526</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>MELHORIA DA RUA QUE DÁ ACESSO DO BROMA AO RIACHO VELHO, POR MEIO DE ATERRO E TERRAPLANAGEM, A FIM DE GARANTIR MELHORES CONDIÇÕES DE TRÁFEGO E SEGURANÇA PARA OS MORADORES DA REGIÃO</t>
+  </si>
+  <si>
+    <t>4531</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>REALIZAÇÃO DA OPERAÇÃO VERÃO NA PRAIA DO FRANCÊS, VISANDO REFORÇAR A SEGURANÇA, A INFRAESTRUTURA, O ABASTECIMENTO DE ÁGUA, A ILUMINAÇÃO E O BEM-ESTAR DA POPULAÇÃO E DOS TURISTAS DURANTE O PERÍODO DE ALTA TEMPORADA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -954,67 +1059,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2215/11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2252/49.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2270/067.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2278/075.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2330/119.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2335/122.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2404/189.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2419/192.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2477/241.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2475/242.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2504/267.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2505/268.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2506/269.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2518/281.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2523/285.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2524/287.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2637/370.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2639/372.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2652/380.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2661/396.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2643/397.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2678/410.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2682/420.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2696/429.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2737/470.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2738/471.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2769/487.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2775/493.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2788/506.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2800/515.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2821/442.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2841/550.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2844/550.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2845/565.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2868/574.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2215/11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2252/49.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2270/067.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2278/075.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2330/119.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2335/122.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2404/189.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2419/192.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2477/241.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2475/242.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2504/267.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2505/268.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2506/269.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2518/281.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2523/285.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2524/287.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2637/370.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2639/372.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2652/380.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2661/396.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2643/397.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2678/410.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2682/420.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2696/429.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2737/470.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2738/471.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2769/487.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2775/493.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2788/506.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2800/515.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2821/442.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2841/550.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2844/550.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2845/565.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2868/574.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2886/ind__588.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2903/ind_621.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2904/ind_622.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2930/ind_645.2025_.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2945/ind_648.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2946/ind_649.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2948/ind_653.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2950/ind_655.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2951/ind_657_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2968/675.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3007/703.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3284/721.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3757/ind_742.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H48"/>
+  <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1956,314 +2061,496 @@
       </c>
       <c r="H37" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>166</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>167</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>146</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="H38" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
         <v>146</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="H39" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>42</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="H40" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="H41" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="H42" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>146</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="H43" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>146</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>164</v>
+        <v>192</v>
       </c>
       <c r="H44" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>93</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>164</v>
+        <v>196</v>
       </c>
       <c r="H45" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>159</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="H46" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>164</v>
+        <v>204</v>
       </c>
       <c r="H47" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>28</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>164</v>
+        <v>208</v>
       </c>
       <c r="H48" t="s">
-        <v>198</v>
+        <v>209</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>210</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>211</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>212</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H49" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>215</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>216</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>23</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H50" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>219</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>220</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>222</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>42</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H52" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>225</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H53" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>229</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>23</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H54" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>232</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>37</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H55" t="s">
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2271,50 +2558,57 @@
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>