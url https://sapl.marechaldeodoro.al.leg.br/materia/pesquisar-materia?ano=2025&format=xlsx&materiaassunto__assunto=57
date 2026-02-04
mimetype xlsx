--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -540,51 +540,51 @@
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2851/561.pdf</t>
   </si>
   <si>
     <t>, IMPLANTAÇÃO DE UM CENTRO DE CAPACITAÇÃO PARA MICROEMPREENDEDORES, VOLTADO PARA O FORTALECIMENTO DA ECONOMIA LOCAL POR MEIO DA QUALIFICAÇÃO GRATUITA DA POPULAÇÃO DO MUNICÍPIO DE MARECHAL DEODORO.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2885/ind__587.2025.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM PONTO ESTRUTURADO DE MOTOTÁXI NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/</t>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3275/712.pdf</t>
   </si>
   <si>
     <t>, IMPLEMENTAÇÃO DE NOVOS BANCOS NA PRAÇA SENHOR DO BONFIM, NO BAIRRO DE TAPERAGUÁ.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -891,51 +891,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2272/069.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2284/81.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2368/152.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2389/169.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2396/179.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2397/181.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2382/190.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2437/205.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2439/207.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2449/217.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2434/226.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2435/227.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2487/251.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2535/291.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2536/292.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2537/293.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2544/302.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2556/313.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2561/318.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2590/334.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2591/335.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2600/344.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2620/364.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2646/374.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2647/375.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2649/377.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2684/416.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2699/423.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2708/441.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2790/508.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2791/509.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2822/534.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2823/535.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2824/536.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2825/537.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2846/556.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2851/561.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2885/ind__587.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2272/069.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2284/81.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2368/152.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2389/169.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2396/179.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2397/181.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2382/190.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2437/205.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2439/207.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2449/217.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2434/226.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2435/227.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2487/251.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2535/291.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2536/292.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2537/293.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2544/302.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2556/313.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2561/318.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2590/334.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2591/335.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2600/344.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2620/364.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2646/374.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2647/375.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2649/377.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2684/416.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2699/423.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2708/441.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2790/508.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2791/509.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2822/534.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2823/535.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2824/536.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2825/537.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2846/556.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2851/561.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2885/ind__587.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3275/712.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="96" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="211.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>