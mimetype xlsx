--- v0 (2025-12-16)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="69">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -141,114 +141,123 @@
   <si>
     <t>RETORNO DO PROGRAMA PREFEITURA ITINERANTE – MUTIRÕES DE DOCUMENTAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>THIAGO GONDIN</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2838/547.pdf</t>
   </si>
   <si>
     <t>REALOCAMENTO DO DRIVE DA FRUTA PARA A ÁREA DA FRENTE DA SUA ATUAL LOCALIZAÇÃO, NO POVOADO BARRA NOVA</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3287/724.pdf</t>
+  </si>
+  <si>
+    <t>AMPLIAÇÃO DA QUANTIDADE DE BANCAS DISPONÍVEIS NA FEIRA LIVRE DO MUNICÍPIO;</t>
+  </si>
+  <si>
+    <t>3288</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3288/725.pdf</t>
+  </si>
+  <si>
+    <t>, INSTALAÇÃO DE DECORAÇÃO NATALINA NAS LOCALIDADES DE SANTA RITA, POEIRA, DENISSON AMORIM, VILA DOS PESCADORES (PRAIA DO FRANCÊS) E DEMAIS BAIRROS DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>4431</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/</t>
   </si>
   <si>
-    <t>AMPLIAÇÃO DA QUANTIDADE DE BANCAS DISPONÍVEIS NA FEIRA LIVRE DO MUNICÍPIO;</t>
-[...16 lines deleted...]
-  <si>
     <t>RECADASTRAMENTO DOS TÚMULOS NO CEMITÉRIO CENTRAL E NOS CEMITÉRIOS LOCALIZADOS NOS POVOADOS DE MARECHAL DEODORO, MEDIANTE CHAMAMENTO PÚBLICO, VISANDO A ATUALIZAÇÃO E MELHOR ORGANIZAÇÃO ADMINISTRATIVA</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>MUTIRÃO PARA ATUALIZAÇÃO CADASTRAL DE TERRENOS, COM O OBJETIVO DE IDENTIFICAR OS PROPRIETÁRIOS DE TERRENOS ABANDONADOS E ADOTAR MEDIDAS PARA RESPONSABILIZÁ-LOS QUANTO À MANUTENÇÃO E LIMPEZA DE SUAS PROPRIEDADES</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>NILSON CABEÇÃO</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2830/pl_leg_no_55.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DE JORNADA DE TRABALHO PARA SERVIDORAS PÚBLICAS MUNICIPAIS QUE SEJAM MÃES DE PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/4521/pdl_n_23.25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO PELO PODER LEGISLATIVO MUNICIPAL, DA PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE MARECHAL DEODORO/AL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -555,51 +564,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2260/57.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2261/58.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2538/294.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2569/329.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2634/367.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2838/547.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2830/pl_leg_no_55.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2260/57.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2261/58.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2538/294.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2569/329.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2634/367.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2838/547.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3287/724.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3288/725.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2830/pl_leg_no_55.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/4521/pdl_n_23.25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -803,155 +812,155 @@
       </c>
       <c r="H8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E12" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>