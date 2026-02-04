--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="136">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -282,159 +282,183 @@
   <si>
     <t>, CONSTRUÇÃO DE QUADRAS POLIESPORTIVAS EM COMUNIDADES CARENTES</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2973/ind_647.2025.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DOS EQUIPAMENTOS (BRINQUEDOS) INSTALADOS NA PRAÇA DO JOVINIANO RODAS</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>SORAYA DA BOMBONIERE</t>
   </si>
   <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2990/684.pdf</t>
+  </si>
+  <si>
+    <t>INSTALAÇÃO DE ARQUIBANCADAS NO ESTÁDIO EUSTÁQUIO TOLEDO NETO, POPULARMENTE CONHECIDO COMO CAMPO DO GRÊMIO, SITUADO NA AVENIDA BARNABÉ CABRAL TOLEDO, ESTRADA DE ACESSO À USINA SUMAÚMA, NO BAIRRO DE TAPERAGUÁ</t>
+  </si>
+  <si>
+    <t>2997</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2997/691.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UM CAMPO DE FUTEBOL SOCIETY, NA MASSAGUEIRA, COM GRAMA SINTÉTICA, ALAMBRADO E ILUMINAÇÃO</t>
+  </si>
+  <si>
+    <t>3004</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>JÚNIOR LOPES</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3004/696_696.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NA COMUNIDADE VILA ALTINA</t>
+  </si>
+  <si>
+    <t>3280</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3280/717.pdf</t>
+  </si>
+  <si>
+    <t>OFERTA DE ATIVIDADES ESPORTIVAS COMO AULAS DE FUTEBOL, TREINAMENTO FUNCIONAL E OUTRAS MODALIDADES, NO CENTRO ESPORTIVO DANIEL NOGUEIRA, LOCALIZADO NO TREVO DO FRANCÊS</t>
+  </si>
+  <si>
+    <t>3754</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3754/ind_739.2025.pdf</t>
+  </si>
+  <si>
+    <t>, INSERÇÃO DE AULAS DE WRESTLING (LUTA OLÍMPICA) NA REDE MUNICIPAL DE ENSINO</t>
+  </si>
+  <si>
+    <t>3750</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3750/ind_741.2025.pdf</t>
+  </si>
+  <si>
+    <t>CRIAÇÃO DE UMA ESCOLINHA DE BEACH TENNIS GRATUITA, DIRECIONADA EXCLUSIVAMENTE A CRIANÇAS E ADOLESCENTES DEODORENSES, COM PRIORIDADE ABSOLUTA PARA FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL</t>
+  </si>
+  <si>
+    <t>3771</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3771/ind_759.2025.pdf</t>
+  </si>
+  <si>
+    <t>REALIZAÇÃO DE CAMPEONATO DE FUTEBOL EM ALUSÃO AO “NOVEMBRO AZUL”, COM O OBJETIVO DE PROMOVER A SAÚDE E O BEM-ESTAR DOS HOMENS, DISPONIBILIZANDO ATENDIMENTO MÉDICO E LABORATORIAL</t>
+  </si>
+  <si>
+    <t>4440</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/</t>
   </si>
   <si>
-    <t>INSTALAÇÃO DE ARQUIBANCADAS NO ESTÁDIO EUSTÁQUIO TOLEDO NETO, POPULARMENTE CONHECIDO COMO CAMPO DO GRÊMIO, SITUADO NA AVENIDA BARNABÉ CABRAL TOLEDO, ESTRADA DE ACESSO À USINA SUMAÚMA, NO BAIRRO DE TAPERAGUÁ</t>
-[...73 lines deleted...]
-  <si>
     <t>INSERÇÃO DE AULAS DE BEACH TENNIS NA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>CRIAÇÃO DO PROGRAMA MUNICIPAL “ATLETA DO FUTURO”, DESTINADO À DETECÇÃO, FORMAÇÃO E APOIO A NOVOS TALENTOS ESPORTIVOS NO MUNICÍPIO</t>
   </si>
   <si>
+    <t>4552</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>PROVIDÊNCIA NO SENTIDO DE TORNAR O DIA MUNICIPAL DE INCENTIVO AO CICLISMO COMO AÇÃ DE PROOÇÃO DA MOBILIDADE SUSTENTÁVEL, SAÚDE E BEM-ESTAR.</t>
+  </si>
+  <si>
     <t>2302</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO BEACH TENNIS NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL DEODORO</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2938/pll_62-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA MUNICIPAL DO SURF” NO MUNICÍPIO DE MARECHAL DEODORO E ADOTA OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -741,56 +765,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2264/61.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2266/63.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2281/78.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2282/79.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2320/109.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2369/153.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2386/167.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2541/299.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2557/314.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2651/379.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2688/421.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2695/428.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2729/462.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2826/539.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3022/ind_600.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2970/ind_617.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2973/ind_647.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3754/ind_739.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3750/ind_741.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3771/ind_759.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2264/61.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2266/63.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2281/78.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2282/79.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2320/109.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2369/153.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2386/167.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2541/299.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2557/314.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2651/379.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2688/421.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2695/428.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2729/462.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2826/539.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3022/ind_600.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2970/ind_617.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2973/ind_647.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2990/684.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2997/691.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3004/696_696.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3280/717.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3754/ind_739.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3750/ind_741.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/3771/ind_759.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2025/2938/pll_62-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="221.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1275,320 +1299,347 @@
       </c>
       <c r="H19" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>92</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>93</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>31</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="H21" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>36</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="H22" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H23" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="H24" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
         <v>71</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="H25" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="H26" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>123</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="H28" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E29" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="F29" t="s">
+        <v>31</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H29" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" t="s">
+        <v>129</v>
+      </c>
+      <c r="E30" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" t="s">
         <v>13</v>
       </c>
-      <c r="G29" s="1" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="G30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H30" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>