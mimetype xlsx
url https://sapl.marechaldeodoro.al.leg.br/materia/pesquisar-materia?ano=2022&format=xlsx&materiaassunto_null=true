--- v0 (2025-10-27)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1909" uniqueCount="922">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1917" uniqueCount="925">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2506,50 +2506,59 @@
     <t>919</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/919/pesar_02_natan.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR EXTERNANDO VOTOS DE PESAR PELO FALECIMENTO DO SR NATANAEL GAMA SOUTO “Natan”.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/920/pesar_03_hilda.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR EXTERNANDO VOTOS DE PESAR PELO FALEIMENTO DA  SENHORA HILDA DOS SANTOS.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1360/luiza_monica_castro_teixeira.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR A FAMILIA DE SRª. LUIZA MÔNICA CASTRO TEIXEIRA.</t>
+  </si>
+  <si>
+    <t>3557</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/3557/mocao_de_pesar_03.2022.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM DE PESAR AOS FAMILIARES DO EX VEREADOR PAULINO LOPES PELO SEU FALECIMENTO</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1231/pl_06_22_jorge_auxilio_ambulantes.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS CONDIÇÕES PARA CONCEDER UM AUXÍLIO FINANCEIRO PARA OS AMBULANTES CADASTRADOS NA SECRETARIA DE TURISMO DE MARECHAL DEODOROO</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/658/pl_07_22_ledice_patrulha_maria_da_penha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PATRULHA MUNICIPAL MARIA DA PENHA QUE TEM COMO OBJETO A PREVENÇÃO, MONITORAMENTO E ACOMPANHAMENTO DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR.</t>
   </si>
@@ -3125,56 +3134,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/4/indicacao_002_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/6/indicacao_004_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/7/indicacao_005_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_006_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/9/indicacao_007_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/10/indicacao_008_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/11/indicacao_009_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/490/010_22.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/491/012_22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/492/013_22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/493/014_22.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/494/015_22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/495/016_22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/497/019_22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/498/020_22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/499/021_22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/500/022_22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/501/023_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/502/024_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/503/025_22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/504/026_22.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/505/027_22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/506/028_22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/507/030_22.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/508/031_22.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/510/033_22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/514/038_22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/515/039_22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/516/040_22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/517/041_22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/518/047_22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/519/048_22.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/520/050_22.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/521/051_22.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/522/055_22.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/523/056_22.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/524/057_22.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/525/058_22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/526/059_22.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/527/064_22.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/528/065_22.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/529/066_22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/530/067_22.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/531/068_22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/532/069_22.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/534/071_22.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/535/072_22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/536/073_22.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/537/074_22.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/539/076_22.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/540/077_22.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/541/078_22.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1024/80.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1025/81.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/542/082_22.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/543/083_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/544/084_22.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/545/085_22.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/546/086_22.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/547/087_22.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/548/088_22.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/549/090_22.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/550/091_22.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/551/092_22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/553/094_22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1026/98.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1027/99.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/555/100_22.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/556/101_22.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/557/102_22.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/560/105_22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/561/106_22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/562/107_22.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/563/118_22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/564/119_22.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/565/120_22.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/566/121_22.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/567/122_22.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/568/123_22.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/569/138_22.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/570/139_22.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/571/140_22.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/572/141_22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/573/142_22.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/574/144_22.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/575/145_22.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/576/146_22.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/577/147_22.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/578/148_22.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/579/149_22.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/580/150_22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/581/151_22.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/582/152_22.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/583/153_22.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/584/154_22.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/585/155_22.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/586/156_22.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/587/157_22.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1049/214.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/588/220_22.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1055/240.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/589/249_22.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/590/250_22.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/591/251_22.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/592/252_22.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/593/253_22.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/594/257_22.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1056/266.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/595/268_22.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/596/269_22.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/597/270_22.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/598/271_22.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/599/272_22.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/600/273_22.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/601/274_22.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/602/275_22.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/603/276_22.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/604/277_22.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/605/278_22.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/606/279_22.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/607/280_22.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/608/281_22.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/609/283_22.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/788/283_22.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/789/284.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/790/285.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/791/286.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/792/287.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/793/288.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/794/289.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/795/290.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/796/291.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/797/292.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/798/293.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/799/294.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/800/295.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/801/296.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/802/297.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/803/298.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/804/299.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/805/300.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/806/301.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/807/302.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/808/303.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/809/304.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/810/305.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/811/306.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/812/307.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/813/308.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/814/309.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/815/310.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/816/311.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/817/312.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/818/313.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/819/314.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/820/315.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/821/316.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/822/317.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/823/318.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/824/319.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/825/321.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/826/322.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/827/323.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/828/324.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/829/325.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/830/326.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/831/327.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/832/328.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/833/329.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/907/nilson_cabecao_indicacao_345-1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/908/nilson_cabecao_indicacao_346.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/909/nilson_cabecao_indicacao_347.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/910/nilson_cabecao_indicacao_348.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/911/nilson_cabecao_indicacao_349.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/912/nilson_cabecao_indicacao_350.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/913/jorge_mello_indicacao_351.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/915/nelson_ned_indicacao_353.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/916/kia_deodorense_indicacao_354.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/917/kia_deodorense_indicacao_355.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/765/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/919/pesar_02_natan.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/920/pesar_03_hilda.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1360/luiza_monica_castro_teixeira.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1231/pl_06_22_jorge_auxilio_ambulantes.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/658/pl_07_22_ledice_patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/659/pl_08_22_marcelo_conscientizacao_do_tea_e_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/660/pl_09_22_ledice_obrigatoriedade_de_informar_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1234/pl_12_22_augusto_bilblioteca_municipal.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1235/pl_15_22_marcelo_auxilio_aos_musicos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/772/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1239/pl_21_22_betinho_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1242/pl_24_22_betinho_quebrando_o_silencio.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/762/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/753/pdl_02_22_paulinho_jorge_freitas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/756/pd_03_22_ednaldo_titulo_jesse.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/758/pd_05_22_ledice_comenda_nelson.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/840/pd_09_22_ledice_comenda_maria_luciene.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/764/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/748/pl_49_2022_altera_a_1.358_21.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/761/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/834/pl_54_22_executivo_refis_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/835/55.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/836/56.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/837/57.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/838/58.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/839/59.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/4/indicacao_002_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/6/indicacao_004_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/7/indicacao_005_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_006_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/9/indicacao_007_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/10/indicacao_008_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/11/indicacao_009_22_andre_bocao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/490/010_22.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/491/012_22.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/492/013_22.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/493/014_22.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/494/015_22.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/495/016_22.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/497/019_22.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/498/020_22.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/499/021_22.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/500/022_22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/501/023_22.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/502/024_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/503/025_22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/504/026_22.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/505/027_22.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/506/028_22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/507/030_22.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/508/031_22.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/510/033_22.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/514/038_22.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/515/039_22.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/516/040_22.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/517/041_22.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/518/047_22.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/519/048_22.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/520/050_22.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/521/051_22.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/522/055_22.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/523/056_22.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/524/057_22.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/525/058_22.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/526/059_22.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/527/064_22.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/528/065_22.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/529/066_22.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/530/067_22.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/531/068_22.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/532/069_22.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/534/071_22.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/535/072_22.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/536/073_22.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/537/074_22.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/539/076_22.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/540/077_22.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/541/078_22.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1024/80.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1025/81.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/542/082_22.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/543/083_22.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/544/084_22.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/545/085_22.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/546/086_22.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/547/087_22.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/548/088_22.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/549/090_22.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/550/091_22.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/551/092_22.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/553/094_22.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1026/98.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1027/99.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/555/100_22.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/556/101_22.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/557/102_22.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/560/105_22.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/561/106_22.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/562/107_22.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/563/118_22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/564/119_22.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/565/120_22.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/566/121_22.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/567/122_22.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/568/123_22.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/569/138_22.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/570/139_22.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/571/140_22.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/572/141_22.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/573/142_22.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/574/144_22.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/575/145_22.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/576/146_22.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/577/147_22.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/578/148_22.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/579/149_22.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/580/150_22.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/581/151_22.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/582/152_22.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/583/153_22.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/584/154_22.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/585/155_22.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/586/156_22.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/587/157_22.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1049/214.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/588/220_22.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1055/240.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/589/249_22.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/590/250_22.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/591/251_22.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/592/252_22.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/593/253_22.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/594/257_22.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1056/266.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/595/268_22.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/596/269_22.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/597/270_22.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/598/271_22.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/599/272_22.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/600/273_22.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/601/274_22.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/602/275_22.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/603/276_22.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/604/277_22.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/605/278_22.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/606/279_22.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/607/280_22.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/608/281_22.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/609/283_22.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/788/283_22.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/789/284.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/790/285.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/791/286.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/792/287.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/793/288.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/794/289.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/795/290.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/796/291.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/797/292.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/798/293.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/799/294.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/800/295.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/801/296.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/802/297.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/803/298.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/804/299.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/805/300.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/806/301.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/807/302.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/808/303.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/809/304.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/810/305.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/811/306.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/812/307.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/813/308.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/814/309.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/815/310.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/816/311.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/817/312.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/818/313.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/819/314.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/820/315.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/821/316.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/822/317.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/823/318.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/824/319.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/825/321.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/826/322.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/827/323.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/828/324.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/829/325.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/830/326.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/831/327.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/832/328.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/833/329.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/907/nilson_cabecao_indicacao_345-1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/908/nilson_cabecao_indicacao_346.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/909/nilson_cabecao_indicacao_347.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/910/nilson_cabecao_indicacao_348.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/911/nilson_cabecao_indicacao_349.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/912/nilson_cabecao_indicacao_350.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/913/jorge_mello_indicacao_351.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/915/nelson_ned_indicacao_353.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/916/kia_deodorense_indicacao_354.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/917/kia_deodorense_indicacao_355.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/765/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/919/pesar_02_natan.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/920/pesar_03_hilda.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1360/luiza_monica_castro_teixeira.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/3557/mocao_de_pesar_03.2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1231/pl_06_22_jorge_auxilio_ambulantes.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/658/pl_07_22_ledice_patrulha_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/659/pl_08_22_marcelo_conscientizacao_do_tea_e_abril_azul.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/660/pl_09_22_ledice_obrigatoriedade_de_informar_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1234/pl_12_22_augusto_bilblioteca_municipal.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1235/pl_15_22_marcelo_auxilio_aos_musicos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/772/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1239/pl_21_22_betinho_adote_uma_praca.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/1242/pl_24_22_betinho_quebrando_o_silencio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/762/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/753/pdl_02_22_paulinho_jorge_freitas.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/756/pd_03_22_ednaldo_titulo_jesse.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/758/pd_05_22_ledice_comenda_nelson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/840/pd_09_22_ledice_comenda_maria_luciene.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/764/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/748/pl_49_2022_altera_a_1.358_21.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/761/32a_pauta_23_11_22.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/834/pl_54_22_executivo_refis_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/835/55.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/836/56.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/837/57.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/838/58.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2022/839/59.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H239"/>
+  <dimension ref="A1:H240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="143.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -8656,742 +8665,768 @@
       </c>
       <c r="D212" t="s">
         <v>815</v>
       </c>
       <c r="E212" t="s">
         <v>816</v>
       </c>
       <c r="F212" t="s">
         <v>64</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>830</v>
       </c>
       <c r="H212" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>832</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D213" t="s">
+        <v>815</v>
+      </c>
+      <c r="E213" t="s">
+        <v>816</v>
+      </c>
+      <c r="F213" t="s">
+        <v>64</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="E213" t="s">
+      <c r="H213" t="s">
         <v>834</v>
-      </c>
-[...7 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>835</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>22</v>
+      </c>
+      <c r="D214" t="s">
+        <v>836</v>
+      </c>
+      <c r="E214" t="s">
         <v>837</v>
       </c>
-      <c r="B214" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F214" t="s">
-        <v>64</v>
+        <v>186</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>838</v>
       </c>
       <c r="H214" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>840</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D215" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E215" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F215" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>841</v>
       </c>
       <c r="H215" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>843</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D216" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E216" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F216" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>844</v>
       </c>
       <c r="H216" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>846</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="D217" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E217" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F217" t="s">
-        <v>191</v>
+        <v>64</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>847</v>
       </c>
       <c r="H217" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>849</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="D218" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E218" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F218" t="s">
-        <v>41</v>
+        <v>191</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>850</v>
       </c>
       <c r="H218" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>852</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="D219" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E219" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F219" t="s">
         <v>41</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>853</v>
       </c>
       <c r="H219" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>855</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D220" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E220" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F220" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>856</v>
       </c>
       <c r="H220" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>858</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="D221" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E221" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F221" t="s">
         <v>59</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>859</v>
       </c>
       <c r="H221" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>861</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D222" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E222" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F222" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>862</v>
       </c>
       <c r="H222" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>864</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D223" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E223" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="F223" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>14</v>
+        <v>865</v>
       </c>
       <c r="H223" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
       <c r="D224" t="s">
-        <v>867</v>
+        <v>836</v>
       </c>
       <c r="E224" t="s">
-        <v>868</v>
+        <v>837</v>
       </c>
       <c r="F224" t="s">
-        <v>288</v>
+        <v>13</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H224" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>869</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>10</v>
+      </c>
+      <c r="D225" t="s">
         <v>870</v>
       </c>
-      <c r="B225" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E225" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="F225" t="s">
         <v>288</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>871</v>
+        <v>14</v>
       </c>
       <c r="H225" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>873</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D226" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="E226" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="F226" t="s">
-        <v>168</v>
+        <v>288</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>874</v>
       </c>
       <c r="H226" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>876</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D227" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="E227" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="F227" t="s">
-        <v>54</v>
+        <v>168</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>14</v>
+        <v>877</v>
       </c>
       <c r="H227" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D228" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="E228" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="F228" t="s">
-        <v>879</v>
+        <v>54</v>
       </c>
       <c r="G228" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H228" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
+        <v>881</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>870</v>
+      </c>
+      <c r="E229" t="s">
+        <v>871</v>
+      </c>
+      <c r="F229" t="s">
         <v>882</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>883</v>
       </c>
       <c r="H229" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>885</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="D230" t="s">
-        <v>886</v>
+        <v>870</v>
       </c>
       <c r="E230" t="s">
-        <v>887</v>
+        <v>871</v>
       </c>
       <c r="F230" t="s">
         <v>64</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="H230" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>888</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" t="s">
+        <v>889</v>
+      </c>
+      <c r="E231" t="s">
         <v>890</v>
       </c>
-      <c r="B231" t="s">
-[...2 lines deleted...]
-      <c r="C231" t="s">
+      <c r="F231" t="s">
+        <v>64</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="D231" t="s">
+      <c r="H231" t="s">
         <v>892</v>
-      </c>
-[...10 lines deleted...]
-        <v>895</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>893</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>894</v>
+      </c>
+      <c r="D232" t="s">
+        <v>895</v>
+      </c>
+      <c r="E232" t="s">
         <v>896</v>
       </c>
-      <c r="B232" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F232" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>14</v>
+        <v>897</v>
       </c>
       <c r="H232" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>899</v>
+        <v>163</v>
       </c>
       <c r="D233" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E233" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F233" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="G233" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H233" t="s">
         <v>900</v>
-      </c>
-[...1 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
+        <v>901</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
         <v>902</v>
       </c>
-      <c r="B234" t="s">
-[...2 lines deleted...]
-      <c r="C234" t="s">
+      <c r="D234" t="s">
+        <v>895</v>
+      </c>
+      <c r="E234" t="s">
+        <v>896</v>
+      </c>
+      <c r="F234" t="s">
+        <v>882</v>
+      </c>
+      <c r="G234" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="D234" t="s">
-[...8 lines deleted...]
-      <c r="G234" s="1" t="s">
+      <c r="H234" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
+        <v>905</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
         <v>906</v>
       </c>
-      <c r="B235" t="s">
-[...2 lines deleted...]
-      <c r="C235" t="s">
+      <c r="D235" t="s">
+        <v>895</v>
+      </c>
+      <c r="E235" t="s">
+        <v>896</v>
+      </c>
+      <c r="F235" t="s">
+        <v>882</v>
+      </c>
+      <c r="G235" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="D235" t="s">
-[...8 lines deleted...]
-      <c r="G235" s="1" t="s">
+      <c r="H235" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
+        <v>909</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
         <v>910</v>
       </c>
-      <c r="B236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D236" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E236" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F236" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>911</v>
       </c>
       <c r="H236" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>913</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D237" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E237" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F237" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>914</v>
       </c>
       <c r="H237" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>916</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D238" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E238" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F238" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>917</v>
       </c>
       <c r="H238" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>919</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D239" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E239" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="F239" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>920</v>
       </c>
       <c r="H239" t="s">
         <v>921</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>922</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>185</v>
+      </c>
+      <c r="D240" t="s">
+        <v>895</v>
+      </c>
+      <c r="E240" t="s">
+        <v>896</v>
+      </c>
+      <c r="F240" t="s">
+        <v>882</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H240" t="s">
+        <v>924</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9590,50 +9625,51 @@
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
     <hyperlink ref="G226" r:id="rId225"/>
     <hyperlink ref="G227" r:id="rId226"/>
     <hyperlink ref="G228" r:id="rId227"/>
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>