--- v0 (2025-10-29)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="135">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -367,50 +367,68 @@
     <t>MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA PADRE CÍCERO NO POVOADO DE BARRA NOVA</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA ARAXÁ, LOCALIZADA NO LOTEAMENTO PEDRAS EM MARECHAL</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>ANDRÉ BOCÃO</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3246/ind_224.2017-182.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACAS INDICATIVAS NA PONTE DA MASSAGUEIRA COM A IDNETIFICAÇÃO DE SER A MASSAGUEIRA O MAIOR POLO GASTRONÔMICO DE ALAGOAS</t>
+  </si>
+  <si>
+    <t>3555</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>MOÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3555/mocao_de_pesar.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR MÁRIO JORGE GAMA SOUTO.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>CLAUDIO FILHO</t>
   </si>
   <si>
     <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/2117/projeto_de_lei_06.2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE FOMENTO CULTURAL, EDUCACIONAL E DESPORTIVO - PROCED, DO MUNICIPIO DE MARECHAL DEODORO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
@@ -744,56 +762,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3036/ind_004.2017-3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3041/ind_010.2017-9.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3044/ind_013.2017-12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3047/ind_017.2017-16.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3048/ind_018.2017-17.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3064/ind_038.2017-36.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3081/ind_058.2017-52.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3082/ind_059.2017-53.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3086/ind_063.2017-57.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3102/ind_079.2017-73.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3112/ind_089.2017-200.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3118/ind_095.2017-226.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3119/ind_096.2017-80.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3125/ind_102.2017-82.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3131/ind_108.2017-231.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3177/ind_115.2017-219.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3144/ind_123.2017-232.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3146/ind_125.2017-234.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3170/ind_149.2017-114.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3184/ind_162.2017-123.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3204/ind_182.2017-143.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3246/ind_224.2017-182.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/2117/projeto_de_lei_06.2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3036/ind_004.2017-3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3041/ind_010.2017-9.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3044/ind_013.2017-12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3047/ind_017.2017-16.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3048/ind_018.2017-17.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3064/ind_038.2017-36.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3081/ind_058.2017-52.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3082/ind_059.2017-53.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3086/ind_063.2017-57.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3102/ind_079.2017-73.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3112/ind_089.2017-200.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3118/ind_095.2017-226.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3119/ind_096.2017-80.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3125/ind_102.2017-82.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3131/ind_108.2017-231.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3177/ind_115.2017-219.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3144/ind_123.2017-232.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3146/ind_125.2017-234.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3170/ind_149.2017-114.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3184/ind_162.2017-123.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3204/ind_182.2017-143.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3246/ind_224.2017-182.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/3555/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2017/2117/projeto_de_lei_06.2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="104.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="178.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1454,114 +1472,141 @@
       </c>
       <c r="G26" s="1" t="s">
         <v>117</v>
       </c>
       <c r="H26" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>120</v>
       </c>
       <c r="D27" t="s">
         <v>121</v>
       </c>
       <c r="E27" t="s">
         <v>122</v>
       </c>
       <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>126</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>127</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F28" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="G28" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H28" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>132</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>133</v>
+      </c>
+      <c r="D29" t="s">
+        <v>127</v>
+      </c>
+      <c r="E29" t="s">
+        <v>128</v>
+      </c>
+      <c r="F29" t="s">
+        <v>129</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="H28" t="s">
-        <v>128</v>
+      <c r="H29" t="s">
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>