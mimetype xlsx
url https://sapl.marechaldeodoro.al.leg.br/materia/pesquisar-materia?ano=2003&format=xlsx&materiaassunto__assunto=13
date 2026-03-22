--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -51,111 +51,111 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2003 DE AUTORIA DE AUTORIA CONJUNT DOS PARLAMENTARES QUE CONCEDE A COMENDA DO MÉRITO MISAEL DOMINGUES AO SR GERSON GERALDO DE OLIVEIRA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3682/p_dec_leg_no_002.2003_-_comenda_do_merito.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3682/p_dec_leg_no_002.2003_-_comenda_do_merito.pdf</t>
   </si>
   <si>
     <t>PDL Nº 002/2003 DE AUTORIA DO VEREADOR PAULINO LOPES QUE CONCEDE A COMENDAMISAEL DOMINGUES AO JOSÉ RAMOS DE OLIVEIRA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3689/p_dec_leg_no_011.2003_-_comenda_de_honra_ao_merito.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3689/p_dec_leg_no_011.2003_-_comenda_de_honra_ao_merito.pdf</t>
   </si>
   <si>
     <t>PLD Nº 011/2003 DE AUTORIA DO VEREADOR MILTON JORGE QUE CONCEDE A COMENDA DEODORO DA FONSECA - HONRA AO MÉRITO AO SR JOSÉ EDMILSON CAVALCANTE E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3691/p_dec_leg_no_013.2003_-_titulo_de_comenda.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3691/p_dec_leg_no_013.2003_-_titulo_de_comenda.pdf</t>
   </si>
   <si>
     <t>PLD Nº 013/2003 DE AUTORIA DO VEREADOR JOÃO REINALDO DE SENA QUE CONCEDE A COMENDA DEODORO DA FONSECA - HONRA AO MERITO AO SR JOSÉ JOÃO DA ROCHA LOPES ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3692/p_dec_leg_no_014.2003_-_titulo_de_comenda.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3692/p_dec_leg_no_014.2003_-_titulo_de_comenda.pdf</t>
   </si>
   <si>
     <t>PLD Nº 014/2003 DE AUTORIA DA VEREADORA MARIA JOSILENE QUE CONCEDE A COMENDA DEODORO DA FONSECA - HONRA AO MÉRITO A SR{ ELEUZA GALVÃO  E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3696/p_dec_leg_no_017.2003_-_titulo_de_comenda.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3696/p_dec_leg_no_017.2003_-_titulo_de_comenda.pdf</t>
   </si>
   <si>
     <t>PLD Nº 017/2003 DE AUTORIA DO VEREADOR MILTON JORGE QUE CONCEDE A COMENDA AO MÉRITO MISAEL DOMINGUES  E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -462,67 +462,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3682/p_dec_leg_no_002.2003_-_comenda_do_merito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3689/p_dec_leg_no_011.2003_-_comenda_de_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3691/p_dec_leg_no_013.2003_-_titulo_de_comenda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3692/p_dec_leg_no_014.2003_-_titulo_de_comenda.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3696/p_dec_leg_no_017.2003_-_titulo_de_comenda.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3682/p_dec_leg_no_002.2003_-_comenda_do_merito.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3689/p_dec_leg_no_011.2003_-_comenda_de_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3691/p_dec_leg_no_013.2003_-_titulo_de_comenda.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3692/p_dec_leg_no_014.2003_-_titulo_de_comenda.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2003/3696/p_dec_leg_no_017.2003_-_titulo_de_comenda.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="192.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>