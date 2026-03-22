--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -51,195 +51,195 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3633/p_lei_no_001.2000-leg-_forn_de_alvara.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3633/p_lei_no_001.2000-leg-_forn_de_alvara.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 01/2000 DE AUTORIA DO VEREADOR CICERO LIMA QUE DISPÕE SOBRE O FORNECIMENTO DE ALVARÁ SANITÁRIO ÀS FARMÁCIAS E DROGARIAS LOCALIZADAS NO MUNICIPIO DE MARECHALDEODORO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3634/p_lei_no_02.2000_leg-_autoriza_emissao_de_conta_devagua_e_energ.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3634/p_lei_no_02.2000_leg-_autoriza_emissao_de_conta_devagua_e_energ.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A EMISSÃO DA CONTA DE ÁGUA E ENERGIA ELETICA EM NOME DO USUÁRIO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3637/p_lei_no_05-_leg.2000__-_cria_dia_da_juventude.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3637/p_lei_no_05-_leg.2000__-_cria_dia_da_juventude.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 05/2000 DE AUTORIA DO VEREADOR CICERO LUIZ QUE CRIA O DIA MUNICIPAL DA JUVENTUDE  ADOTA OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3638/p_lei_no_06.2000_leg_-_subsidios_dos_vereadores.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3638/p_lei_no_06.2000_leg_-_subsidios_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS SUBSÍDIOS DOS VEREADORES DO MUNICIPIO DE MARECHAL DEODORO-AL</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS SUBSÍDIOS DO PREFEITO E VICE PREFEITO DO MUNICIPIO DE MARECHAL DEODORO-AL</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3641/p_lei__no_09.2000_leg_-_denominacao_de_ruas.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3641/p_lei__no_09.2000_leg_-_denominacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 09/2000 DE AUTORIA DO VEREADOR JOSÉ LUCIO VIRTUOSO SOBRINHO QUE DÁ DENOMINAÇÃO A RUA PERGENTINA RODRIGUES DA GRAÇA PEDROSA A VIA DE ACESSO AO LOTEAMENTO ALFAVILLE, LOCALIZADO NO BAIRRO DE  TAPERAGUÁ.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA IMPLNATAÇÃOE FUNCIONAMENTO DE POSTOS DE SERVIÇOS DE REVENDA DE COMBUSTÍVEIS E LUBRIFICANTES NO MUNICIPIO DE MARECHAL DEODORO-AL</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3642/p_lei_no_11.2000_leg_-_alteracao_de_aliquotas.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3642/p_lei_no_11.2000_leg_-_alteracao_de_aliquotas.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 11/2000 DE AUTORIA DO VEREADOR FLAVIO TEIXEIRA QUE ALTERA AS ALÍCOTAS À PRESTAÇÃO DE SERVIÇOS DE CONSTUÇÃO CIVIL E DEMAIS SERVIÇOS NO MUNCIPIO DE MARECHAL DEODORO -AL</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3727/p_resolucao_no_02.2000-_dispoe_sobre_rev_de_res_do_ri.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3727/p_resolucao_no_02.2000-_dispoe_sobre_rev_de_res_do_ri.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NA RESOLUÇÃO Nº 117/90, RI DA CÂMARA MUNICIPAL D EMAL DEODORO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3728/p_resolucao_no_03.2000-_dispoe_sobre_revogacao_de_resolucao.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3728/p_resolucao_no_03.2000-_dispoe_sobre_revogacao_de_resolucao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO D ARESOLUÇÃO Nº 148/99, TEMPO EM QUE AORESENTA EMENDAMODIFICATIVA A RESOLUÇÃO Nº 117/90 RI DA CÂMARA MUNICIPAL DE MAL DEODORO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO PODER EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3627/p_lei_no_007.2000_exec_-estende_beneficios_a_lei_650.97.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3627/p_lei_no_007.2000_exec_-estende_beneficios_a_lei_650.97.pdf</t>
   </si>
   <si>
     <t>ESTENDE OS BENEFICÍOS DA LEI Nº 650/70, AO POVOADO FRANCÊS  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3628/p_lei_no_008.2000_exec_-dispoe_sobreopcoes_facultativas_na_lc.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3628/p_lei_no_008.2000_exec_-dispoe_sobreopcoes_facultativas_na_lc.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OPÇÃO FACULTATIVA NO ART. 63 DA LEI COMPLEMENTAR Nº 101 DE 04 DE MAIO DE 2000</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
-    <t>https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3629/pl_no_009.2000_exec_-autoriza_a_permuta_de_imoveis.pdf</t>
+    <t>http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3629/pl_no_009.2000_exec_-autoriza_a_permuta_de_imoveis.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMUTA DOS IMOVEIS QUE MENCIONA  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02/2000 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE DÁ DENOMINAÇÃO A RODOVIA QUE FICA LOCALIZADA NO BAIRRO DE TAPERAGUÁ E QUE DÁ ACESSO AO USINA SUMAÚMA DE RODOVIA EVERALD FERREIRA LOPES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -555,67 +555,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3633/p_lei_no_001.2000-leg-_forn_de_alvara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3634/p_lei_no_02.2000_leg-_autoriza_emissao_de_conta_devagua_e_energ.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3637/p_lei_no_05-_leg.2000__-_cria_dia_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3638/p_lei_no_06.2000_leg_-_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3641/p_lei__no_09.2000_leg_-_denominacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3642/p_lei_no_11.2000_leg_-_alteracao_de_aliquotas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3727/p_resolucao_no_02.2000-_dispoe_sobre_rev_de_res_do_ri.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3728/p_resolucao_no_03.2000-_dispoe_sobre_revogacao_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3627/p_lei_no_007.2000_exec_-estende_beneficios_a_lei_650.97.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3628/p_lei_no_008.2000_exec_-dispoe_sobreopcoes_facultativas_na_lc.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3629/pl_no_009.2000_exec_-autoriza_a_permuta_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3633/p_lei_no_001.2000-leg-_forn_de_alvara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3634/p_lei_no_02.2000_leg-_autoriza_emissao_de_conta_devagua_e_energ.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3637/p_lei_no_05-_leg.2000__-_cria_dia_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3638/p_lei_no_06.2000_leg_-_subsidios_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3641/p_lei__no_09.2000_leg_-_denominacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3642/p_lei_no_11.2000_leg_-_alteracao_de_aliquotas.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3727/p_resolucao_no_02.2000-_dispoe_sobre_rev_de_res_do_ri.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3728/p_resolucao_no_03.2000-_dispoe_sobre_revogacao_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3627/p_lei_no_007.2000_exec_-estende_beneficios_a_lei_650.97.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3628/p_lei_no_008.2000_exec_-dispoe_sobreopcoes_facultativas_na_lc.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/sapl/public/materialegislativa/2000/3629/pl_no_009.2000_exec_-autoriza_a_permuta_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechaldeodoro.al.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="224.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>